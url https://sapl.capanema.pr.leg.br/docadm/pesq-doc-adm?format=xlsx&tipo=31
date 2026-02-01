--- v0 (2025-12-17)
+++ v1 (2026-02-01)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2184" uniqueCount="860">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2202" uniqueCount="867">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
@@ -2943,50 +2943,74 @@
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>Lista de Votação Nominal_x000D_
 Projeto de Lei Ordinária nº 49/2025 - Autoriza a doação de imóvel público municipal ao Estado do Paraná, para fins de implantação da Base Integrada de Segurança Pública, e dá outras providências. 42ª Ordinária da 1ª Sessão Legislativa da 18ª Legislatura – Dia 08/12/2025.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Lista de Votação Nominal_x000D_
 Projeto de Lei Ordinária nº 50/2025 Autoriza o Poder Executivo Municipal a conceder isenção da taxa de Alvará de Licença à Associação de Apoio e Prevenção ao Câncer e a Violência Doméstica - Capanema-PR. 44ª Ordinária da 1ª Sessão Legislativa da 18ª Legislatura – Dia 15/12/2025.</t>
+  </si>
+  <si>
+    <t>1085</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>Lista de Votação Nominal_x000D_
+Projeto de Lei Ordinária nº 50/2025 Autoriza o Poder Executivo Municipal a conceder isenção da taxa de Alvará de Licença à Associação de Apoio e Prevenção ao_x000D_
+Câncer e a Violência Doméstica - Capanema-PR. 45ª Ordinária da 1ª Sessão Legislativa da 18ª Legislatura – Dia 22/12/2025.</t>
+  </si>
+  <si>
+    <t>1092</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Lista de Votação Nominal_x000D_
+Projeto de Lei Ordinária nº 01/2026 Dispõe sobre a concessão de reajuste aos profissionais do Magistério Público Municipal, aos Agentes Comunitários de Saúde - ACS e aos Agentes de Combate às Endemias - ACE, e dá outras providências . 2ª Extraordinária da 2ª Sessão Legislativa da 18ª Legislatura– Dia 27/01/2025.</t>
+  </si>
+  <si>
+    <t>1093</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -3278,51 +3302,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F364"/>
+  <dimension ref="A1:F367"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -10569,50 +10593,110 @@
       <c r="E363" t="s">
         <v>10</v>
       </c>
       <c r="F363" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
         <v>857</v>
       </c>
       <c r="B364" t="s">
         <v>542</v>
       </c>
       <c r="C364" t="s">
         <v>858</v>
       </c>
       <c r="D364" t="s">
         <v>9</v>
       </c>
       <c r="E364" t="s">
         <v>10</v>
       </c>
       <c r="F364" t="s">
         <v>859</v>
+      </c>
+    </row>
+    <row r="365" spans="1:6">
+      <c r="A365" t="s">
+        <v>860</v>
+      </c>
+      <c r="B365" t="s">
+        <v>542</v>
+      </c>
+      <c r="C365" t="s">
+        <v>861</v>
+      </c>
+      <c r="D365" t="s">
+        <v>9</v>
+      </c>
+      <c r="E365" t="s">
+        <v>10</v>
+      </c>
+      <c r="F365" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="366" spans="1:6">
+      <c r="A366" t="s">
+        <v>863</v>
+      </c>
+      <c r="B366" t="s">
+        <v>864</v>
+      </c>
+      <c r="C366" t="s">
+        <v>8</v>
+      </c>
+      <c r="D366" t="s">
+        <v>9</v>
+      </c>
+      <c r="E366" t="s">
+        <v>10</v>
+      </c>
+      <c r="F366" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="367" spans="1:6">
+      <c r="A367" t="s">
+        <v>866</v>
+      </c>
+      <c r="B367" t="s">
+        <v>864</v>
+      </c>
+      <c r="C367" t="s">
+        <v>13</v>
+      </c>
+      <c r="D367" t="s">
+        <v>9</v>
+      </c>
+      <c r="E367" t="s">
+        <v>10</v>
+      </c>
+      <c r="F367" t="s">
+        <v>865</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>