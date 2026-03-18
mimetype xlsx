--- v1 (2026-02-01)
+++ v2 (2026-03-18)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2202" uniqueCount="867">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2232" uniqueCount="877">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
@@ -2967,50 +2967,85 @@
 Projeto de Lei Ordinária nº 50/2025 Autoriza o Poder Executivo Municipal a conceder isenção da taxa de Alvará de Licença à Associação de Apoio e Prevenção ao Câncer e a Violência Doméstica - Capanema-PR. 44ª Ordinária da 1ª Sessão Legislativa da 18ª Legislatura – Dia 15/12/2025.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>Lista de Votação Nominal_x000D_
 Projeto de Lei Ordinária nº 50/2025 Autoriza o Poder Executivo Municipal a conceder isenção da taxa de Alvará de Licença à Associação de Apoio e Prevenção ao_x000D_
 Câncer e a Violência Doméstica - Capanema-PR. 45ª Ordinária da 1ª Sessão Legislativa da 18ª Legislatura – Dia 22/12/2025.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>Lista de Votação Nominal_x000D_
 Projeto de Lei Ordinária nº 01/2026 Dispõe sobre a concessão de reajuste aos profissionais do Magistério Público Municipal, aos Agentes Comunitários de Saúde - ACS e aos Agentes de Combate às Endemias - ACE, e dá outras providências . 2ª Extraordinária da 2ª Sessão Legislativa da 18ª Legislatura– Dia 27/01/2025.</t>
   </si>
   <si>
     <t>1093</t>
+  </si>
+  <si>
+    <t>1094</t>
+  </si>
+  <si>
+    <t>Lista de Votação Nominal_x000D_
+Emenda nº 01/2026 - Emenda Modificativa nº 01 ao Projeto de Lei nº 02 de 2026. 2ª Ordinária da 2ª Sessão Legislativa da 18ª Legislatura– Dia 9/02/2025.</t>
+  </si>
+  <si>
+    <t>1095</t>
+  </si>
+  <si>
+    <t>Lista de Votação Nominal_x000D_
+Projeto de Lei Ordinária 02/2026 -  Declara de Utilidade Pública a Associação Capanema - ACAV.. 2ª Ordinária da 2ª Sessão Legislativa da 18ª Legislatura– Dia 9/02/2025.</t>
+  </si>
+  <si>
+    <t>1096</t>
+  </si>
+  <si>
+    <t>Lista de Votação Nominal_x000D_
+Projeto de Resolução nº 01/2026 - Altera a redação do art. 100, caput, da Resolução nº 02, de 27 de novembro de 2018, para alterar o horário das sessões ordinárias. 2ª Extraordinária da 2ª Sessão Legislativa da 18ª Legislatura– Dia 27/01/2025.</t>
+  </si>
+  <si>
+    <t>1098</t>
+  </si>
+  <si>
+    <t>Lista de Votação Nominal_x000D_
+Projeto de Lei Ordinária nº 02/2026 - Declara de Utilidade Pública a Associação Capanema - ACAV.  3ª Ordinária da 2ª Sessão Legislativa da 18ª Legislatura– Dia 18/02/2025.</t>
+  </si>
+  <si>
+    <t>1099</t>
+  </si>
+  <si>
+    <t>Lista de Votação Nominal_x000D_
+Projeto de Resolução nº 01/2026 - Altera a redação do art. 100, caput, da Resolução nº 02, de 27 de novembro de 2018, para alterar o horário das sessões ordinárias.  3ª Ordinária da 2ª Sessão Legislativa da 18ª Legislatura– Dia 18/02/2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -3302,51 +3337,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F367"/>
+  <dimension ref="A1:F372"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -10653,50 +10688,150 @@
       <c r="E366" t="s">
         <v>10</v>
       </c>
       <c r="F366" t="s">
         <v>865</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
         <v>866</v>
       </c>
       <c r="B367" t="s">
         <v>864</v>
       </c>
       <c r="C367" t="s">
         <v>13</v>
       </c>
       <c r="D367" t="s">
         <v>9</v>
       </c>
       <c r="E367" t="s">
         <v>10</v>
       </c>
       <c r="F367" t="s">
         <v>865</v>
+      </c>
+    </row>
+    <row r="368" spans="1:6">
+      <c r="A368" t="s">
+        <v>867</v>
+      </c>
+      <c r="B368" t="s">
+        <v>864</v>
+      </c>
+      <c r="C368" t="s">
+        <v>16</v>
+      </c>
+      <c r="D368" t="s">
+        <v>9</v>
+      </c>
+      <c r="E368" t="s">
+        <v>10</v>
+      </c>
+      <c r="F368" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="369" spans="1:6">
+      <c r="A369" t="s">
+        <v>869</v>
+      </c>
+      <c r="B369" t="s">
+        <v>864</v>
+      </c>
+      <c r="C369" t="s">
+        <v>19</v>
+      </c>
+      <c r="D369" t="s">
+        <v>9</v>
+      </c>
+      <c r="E369" t="s">
+        <v>10</v>
+      </c>
+      <c r="F369" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="370" spans="1:6">
+      <c r="A370" t="s">
+        <v>871</v>
+      </c>
+      <c r="B370" t="s">
+        <v>864</v>
+      </c>
+      <c r="C370" t="s">
+        <v>22</v>
+      </c>
+      <c r="D370" t="s">
+        <v>9</v>
+      </c>
+      <c r="E370" t="s">
+        <v>10</v>
+      </c>
+      <c r="F370" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="371" spans="1:6">
+      <c r="A371" t="s">
+        <v>873</v>
+      </c>
+      <c r="B371" t="s">
+        <v>864</v>
+      </c>
+      <c r="C371" t="s">
+        <v>25</v>
+      </c>
+      <c r="D371" t="s">
+        <v>9</v>
+      </c>
+      <c r="E371" t="s">
+        <v>10</v>
+      </c>
+      <c r="F371" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="372" spans="1:6">
+      <c r="A372" t="s">
+        <v>875</v>
+      </c>
+      <c r="B372" t="s">
+        <v>864</v>
+      </c>
+      <c r="C372" t="s">
+        <v>28</v>
+      </c>
+      <c r="D372" t="s">
+        <v>9</v>
+      </c>
+      <c r="E372" t="s">
+        <v>10</v>
+      </c>
+      <c r="F372" t="s">
+        <v>876</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>